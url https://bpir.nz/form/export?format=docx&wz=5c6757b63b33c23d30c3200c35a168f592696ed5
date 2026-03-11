--- v0 (2025-10-19)
+++ v1 (2026-03-11)
@@ -34,350 +34,350 @@
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8966"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFECFD"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>How to use this BPIR summary</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t xml:space="preserve">BPIR regulations do not prescribe any specific layout or formatting of required </w:t>
             </w:r>
             <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 </w:rPr>
                 <w:t>disclosure information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>. You may choose to take parts of this BPIR Ready summary and integrate it into your existing technical information, or you may choose to create a specific BPIR disclosure information document.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>To create a specific BPIR disclosure information document:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Download the DOCX or copy the summary into your preferred document editor</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t xml:space="preserve">Edit the relevant parts of the document where desired, such as: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Any content adjustments to the summary (e.g. add/remove clauses)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Replace the placeholder 'responsible person' information</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Any layout alternations (e.g.removing the appendix and adding personal branding)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Export to your preferred format (e.g. PDF) and publish on your website</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="333333"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Marmox Shower Bases</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
         <w:t>BPIR Declaration</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="margin-bottom-sm"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Version: 1/9/23</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="4827EC"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Designated building product: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="font-light"/>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Class 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Declaration</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Marmox New Zealand Ltd has provided this declaration to satisfy the provisions of Schedule 1(d) of the Building (Building Product Information Requirements) Regulations 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Product/system</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -392,155 +392,155 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2690"/>
         <w:gridCol w:w="6276"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="font-bold"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3500" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Marmox Shower Bases</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="font-bold"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Line</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t xml:space="preserve">The Marmox Shower base is a low-cost easy to install waterproof base used in the design of a wet room. It is a preformed floor level panel that can be cut to fit the shower area. It is placed directly onto a concrete or wooden floor or it can be recessed. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -549,87 +549,87 @@
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">The Marmox shower base will help you create a fully waterproof shower area with total ease. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="font-bold"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Identifier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t xml:space="preserve">Centre drain: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:br/>
               <w:t>MXPST 0.9-0.9 CD 900 x 900mm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:br/>
               <w:t>MXPST 1.0-1.0 CD 1000 x 1000mm</w:t>
             </w:r>
@@ -797,1273 +797,1273 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>1000 x 1000mm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:br/>
               <w:t>MXPSW 1.2-1.2 1200 x 1200mm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:br/>
               <w:t>MXPSW 1.2-1.6 1200 x 1600mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:spacing w:before="180" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Description</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">The Marmox Shower base is a low-cost easy to install waterproof base used in the design of a wet room. It is a preformed floor level panel that can be cut to fit the shower area. It is placed directly onto a concrete or wooden floor or it can be recessed. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">The Marmox shower base will help you create a fully waterproof shower area with total ease. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Each shower base is made of extruded polystyrene, reinforced, and covered on both sides with a fiberglass mesh embedded into a thin cement polymer mortar. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>The shower bases are available in a range of sizes to suit all shower layouts Centre drains 900 x 900 x 25mm | 1000 x 1000 x 25mm | 1200 x 1200 x 25mm | 1000 x 1500 x 25mm | 1000 x 2000 x 25mm</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Offset drains 900 x 900 x 25mm | 1000 x 1000 x 25mm | 1200 x 1200 x 25mm | 1000 x 1500 x 25mm | 1000 x 2000 x 25mm</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Channel drains Trough drain traverse 1000 x 1000 x 25mm | 1200 x 1200 x 25mm | 1000 x 1500 x 25mm | 1000 x 2000 x 25mm</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Longitudinal shower bases 1000 x 1500 x 25mm | 1000 x 2000 x 25mm</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Wedge shower bases 1000 x 1000 x 25mm | 1200 x 1200 x 25mm | 1200 x 1600 x 26mm</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Features:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Available in a range of sizes to suit all shower layouts</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>It can be easily cut to fit all designs and is perfect for existing timber and concrete floors</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Acoustically better than sand and cement</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Hygienic as there is no moisture build-up</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Preformed (with appropriate falls)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Lightweight</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Suitable for all waterproofing and tiles Custom options available to create any size requirement. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:spacing w:before="180" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Scope of use</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Marmox Shower bases are designed to provide a waterproof foundation for tiled showers. They are often used to create a watertight barrier to prevent water from seeping into the underlying structure such as the subfloor or walls. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>They are compatible with various types of tile, including ceramic, porcelain and natural stone. They provide a stable and even surface for the installation of tiles in a shower area.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>They are designed to work with underfloor heating systems providing additional comfort and warmth in the shower area.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">They may be used in various applications including accessible showers and wet rooms, as they can be installed flush with the floor to allow easy entry and exit. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:spacing w:before="180" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Conditions of use</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Ensure that you read the instructions before installation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Use a cement based flexible tile adhesive (Classification C2).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>If laying on a timber floor, it is recommended that a tile and slate underlay be laid first.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Use any Branz approved water-based waterproofing (non solvent based).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:spacing w:before="180" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Relevant building code clauses</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="margin-bottom-sm"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>B2 Durability</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> — B2.3.1 (c)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="margin-bottom-sm"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>D1 Access Routes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> — D1.3.3 (d)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="margin-bottom-sm"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>E3 Internal moisture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> — E3.3.3, E3.3.5, E3.3.6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="margin-bottom-sm"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>F2 Hazardous building materials</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> — F2.3.1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="margin-bottom-sm"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>G3 Food preparation and prevention of contamination</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> — G3.3.2 (b)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="margin-bottom-sm"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>G6 Airborne and impact sound</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> — G6.3.1, G6.3.2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:spacing w:before="180" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Contributions to compliance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>As mentioned in the BRANZ appraisal, Marmox insulation products, if designed, used, installed and maintained in accordance with the statements and conditions of this Appraisal, will meet or contribute to meeting the following provisions of the NZBC:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Clause B2 Durability - Performance B2.3.1 [b] 15 years and B2.3.2. Marmox insulation boards meet this requirement as they are used as an underlay for waterproofing membranes, they will be durable for at least 15 years, provided the tiling and waterproofing systems are maintained to ensure the boards and fixings remain dry in services.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Clause F2 Hazardous Building Materials: Performance F2.3.1. Marmox Insulation boards meet this requirement.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:spacing w:before="180" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Supporting documentation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>The following additional documentation supports the above statements:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2690"/>
         <w:gridCol w:w="306"/>
         <w:gridCol w:w="5970"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Shower Base installation instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:wordWrap w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 </w:rPr>
                 <w:t>https://chrome-extension://efaidnbmnnnibpcajpcglclefindmkaj/https://marmox.co.nz/wp-content/uploads/2018/12/Shower-base-Installation-instructions-2018.pdf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>BRANZ Appraisal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:wordWrap w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 </w:rPr>
                 <w:t>https://chrome-extension://efaidnbmnnnibpcajpcglclefindmkaj/https://www.marmox.co.nz/wp-content/uploads/2020/11/Marmox-Branz-Appraisal-895_2018-A1.pdf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Shower base drawings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:wordWrap w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 </w:rPr>
                 <w:t>https://marmox.co.nz/downloads/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>For further information supporting Marmox Shower Bases claims refer to our website.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:spacing w:before="180" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Contact details</w:t>
       </w:r>
     </w:p>
@@ -2079,768 +2079,768 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4076"/>
         <w:gridCol w:w="4890"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="font-bold"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Manufacture location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Overseas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="font-bold"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Legal and trading name of manufacturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:wordWrap w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Chemicals for Modern Building</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="font-bold"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Legal and trading name of importer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:wordWrap w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Marmox New Zealand Ltd</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="font-bold"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Importer address for service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:wordWrap w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t xml:space="preserve">483A Rosebank Road, Rosebank Road, Avondale </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:br/>
               <w:t>Auckland 1026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="font-bold"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Importer website</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:wordWrap w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 </w:rPr>
                 <w:t>marmox.co.nz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="font-bold"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Importer NZBN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:wordWrap w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>9429035092377</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="font-bold"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Importer email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:wordWrap w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>info@marmox.co.nz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="font-bold"/>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Importer phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:wordWrap w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>0800 627 669</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:spacing w:before="180" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Responsible person</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>As the responsible person as set out in Regulation 3, I confirm that the information supplied in this declaration is based on information supplied to the company as well as the company's own processes and is therefore to the best of my knowledge, correct.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">I can also confirm that Marmox Shower Bases is not subject to a warning on ban under </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>s26 of the Building Act</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Signed for and on behalf of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Marmox New Zealand Ltd:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Brush Script MT" w:hAnsi="Brush Script MT" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="45"/>
           <w:szCs w:val="45"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Brush Script MT" w:hAnsi="Brush Script MT" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="45"/>
           <w:szCs w:val="45"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Your Signature</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Your Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
         <w:t>YOUR POSITION</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
         <w:t>Month Year</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="border-top"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="margin-top-lg"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Marmox New Zealand Ltd</w:t>
@@ -2875,51 +2875,51 @@
         </w:rPr>
         <w:t xml:space="preserve">0800 627 669 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>marmox.co.nz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="180" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
           <w:lang w:val="en"/>
@@ -2939,126 +2939,126 @@
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8966"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFECFD"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Note: The below appendix includes information relating to BPIR Ready.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t>Publishing this information is not a requirement under BPIR. Its inclusion here is to provide a reference for how this BPIR summary was generated as well as to help summary creators understand the performance clauses suggested by BPIR Ready.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>BPIR Ready selections</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Category:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> Floor coverings</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -3075,719 +3075,719 @@
         <w:gridCol w:w="7129"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="845"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t xml:space="preserve">Use on access routes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">× </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t xml:space="preserve">Use in areas with floor surface fire obligations </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">× </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t xml:space="preserve">Use in wet areas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">× </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t xml:space="preserve">Use in food preparation areas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">× </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
               </w:rPr>
               <w:t xml:space="preserve">Part of a system for acoustic performance </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">× </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+          <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="8" w:color="F2F2F2"/>
         </w:pBdr>
         <w:spacing w:before="180" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Microsoft Sans Serif"/>
           <w:color w:val="4827EC"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Building code performance clauses</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="510" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>B2 Durability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1960406465"/>
+        <w:divId w:val="1633364412"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>B2.3.1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1960406465"/>
+        <w:divId w:val="1633364412"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="tooltip-trigger"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Building element</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="tooltip-trigger"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:i/>
           <w:iCs/>
@@ -3869,209 +3869,209 @@
         </w:rPr>
         <w:t>buildin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="tooltip-trigger"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>, if stated, or:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-        <w:divId w:val="1960406465"/>
+        <w:divId w:val="1633364412"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>(c) 5 years if: the building elements (including services, linings, renewable protective coatings, and fixtures) are easy to access and replace, and failure of those building elements to comply with the building code would be easily detected during normal use of the building.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="510" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>D1 Access Routes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="628978027"/>
+        <w:divId w:val="994264583"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>D1.3.3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="628978027"/>
+        <w:divId w:val="994264583"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Access routes shall:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-        <w:divId w:val="628978027"/>
+        <w:divId w:val="994264583"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>(d) have adequate slip-resistant walking surfaces under all conditions of normal use</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="510" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>E3 Internal moisture</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="837767647"/>
+        <w:divId w:val="710031463"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>E3.3.3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="837767647"/>
+        <w:divId w:val="710031463"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Floor surfaces of any space containing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4129,75 +4129,75 @@
         </w:rPr>
         <w:t>sanitary appliance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="tooltip-trigger"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> must be impervious and easily cleaned.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1982537128"/>
+        <w:divId w:val="1855655469"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>E3.3.5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1982537128"/>
+        <w:divId w:val="1855655469"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Surfaces of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -4307,75 +4307,75 @@
         </w:rPr>
         <w:t>imperviou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="tooltip-trigger"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t> and easily cleaned.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="895579481"/>
+        <w:divId w:val="1427652801"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>E3.3.6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="895579481"/>
+        <w:divId w:val="1427652801"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Surfaces of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -4433,96 +4433,96 @@
         </w:rPr>
         <w:t>concealed space</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="tooltip-trigger"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="510" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>F2 Hazardous building materials</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="28383858"/>
+        <w:divId w:val="1506869979"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>F2.3.1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="28383858"/>
+        <w:divId w:val="1506869979"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>The quantities of gas, liquid, radiation or solid particles emitted by materials used in the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4580,184 +4580,184 @@
         </w:rPr>
         <w:t>building</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="tooltip-trigger"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>, shall not give rise to harmful concentrations at the surface of the material where the material is exposed, or in the atmosphere of any space.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="510" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>G3 Food preparation and prevention of contamination</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="565802320"/>
+        <w:divId w:val="254172197"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>G3.3.2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="565802320"/>
+        <w:divId w:val="254172197"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Spaces for food preparation and utensil washing shall have:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-        <w:divId w:val="565802320"/>
+        <w:divId w:val="254172197"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>(b) all building elements constructed with materials which are free from hazardous substances which could cause contamination to the building contents</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="510" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>G6 Airborne and impact sound</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="415522807"/>
+        <w:divId w:val="192689322"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>G6.3.1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="415522807"/>
+        <w:divId w:val="192689322"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -4773,75 +4773,75 @@
         </w:rPr>
         <w:t>Sound Transmission Clas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="tooltip-trigger"/>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t> of walls, floors and ceilings, shall be no less than 55.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="756899837"/>
+        <w:divId w:val="1896812420"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>G6.3.2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7C49" w:rsidRDefault="006D7C49">
+    <w:p w:rsidR="006C609D" w:rsidRDefault="006C609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="756899837"/>
+        <w:divId w:val="1896812420"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -4945,53 +4945,613 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Brush Script MT">
     <w:panose1 w:val="03060802040406070304"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0E061DE3"/>
+    <w:nsid w:val="1EBF3D00"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6FF6B8A0"/>
+    <w:tmpl w:val="CAB8954E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F907BE6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ED069874"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39066340"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="92A2D986"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B5038E2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0D92F03E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6393522F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="28B628E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -5061,501 +5621,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="127D0845"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A240584"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BD82DD30"/>
-[...446 lines deleted...]
-    <w:tmpl w:val="073E37EC"/>
+    <w:tmpl w:val="7FF0C1E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -5621,230 +5734,117 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="985545891">
+  <w:num w:numId="1" w16cid:durableId="944465141">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1054157470">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="122501621">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="989098664">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="727263369">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1371956239">
-[...5 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="121851318">
+  <w:num w:numId="6" w16cid:durableId="485124466">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006D7C49"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A4335F"/>
+    <w:rsidRoot w:val="006C609D"/>
+    <w:rsid w:val="004A5025"/>
+    <w:rsid w:val="006C609D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{87F21773-D6E0-42C9-BA15-7C43F754F788}"/>
+  <w15:docId w15:val="{22CEFFD6-A7CA-41DB-B50F-1C8D0315F00C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6395,147 +6395,147 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="color-primary">
     <w:name w:val="color-primary"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tooltip-trigger">
     <w:name w:val="tooltip-trigger"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="28383858">
+    <w:div w:id="192689322">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="510"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="415522807">
+    <w:div w:id="254172197">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="510"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="565802320">
+    <w:div w:id="710031463">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="510"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="628978027">
+    <w:div w:id="994264583">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="510"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="756899837">
+    <w:div w:id="1427652801">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="510"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="837767647">
+    <w:div w:id="1506869979">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="510"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="895579481">
+    <w:div w:id="1633364412">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="510"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1960406465">
+    <w:div w:id="1855655469">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="510"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1982537128">
+    <w:div w:id="1896812420">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="510"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="unicode"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marmox.co.nz/downloads/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chrome-extension://efaidnbmnnnibpcajpcglclefindmkaj/https://www.marmox.co.nz/wp-content/uploads/2020/11/Marmox-Branz-Appraisal-895_2018-A1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chrome-extension://efaidnbmnnnibpcajpcglclefindmkaj/https://marmox.co.nz/wp-content/uploads/2018/12/Shower-base-Installation-instructions-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://marmox.co.nz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bpir.nz/bpir-regulations-and-requirements/disclosure-information" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.govt.nz/act/public/2004/0072/latest/DLM306353.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://marmox.co.nz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -6814,54 +6814,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1569</Words>
-  <Characters>8945</Characters>
+  <Words>1508</Words>
+  <Characters>9006</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>74</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>264</Lines>
+  <Paragraphs>140</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10494</CharactersWithSpaces>
+  <CharactersWithSpaces>10374</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Marmox Shower Bases BPIR Summary 2187</dc:title>
   <dc:subject/>
   <dc:creator>CARA-USER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>